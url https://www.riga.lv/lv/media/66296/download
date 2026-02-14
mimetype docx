--- v0 (2026-01-19)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D8A47AE" w14:textId="77777777" w:rsidR="000933F8" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="000933F8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BFF917C" wp14:editId="667CF047">
             <wp:extent cx="1333500" cy="793750"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="1" name="Attēls 1" descr="Rigas_gerb_liels"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6146,139 +6146,262 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>46.5. izmaksas, kas neatbilst Projekta mērķa sasniegšanai, un izmaksas, kas jau tiek finansētas no citiem finanšu avotiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0ACB0C" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="651C55D6" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
+    <w:p w14:paraId="651C55D6" w14:textId="0B570DB5" w:rsidR="00BE4DEC" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>47.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE33FD" w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Vienam Projektam var piešķirt Līdzfinansējumu līdz 2000 </w:t>
+        <w:t xml:space="preserve">Vienam Projektam var piešķirt Līdzfinansējumu līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00970703">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24818">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, bet nepārsniedzot 95 % no Projekta kopējās tāmes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B15E1B7" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
-[...5 lines deleted...]
-        <w:ind w:right="-1" w:firstLine="709"/>
+    <w:p w14:paraId="0962BBA8" w14:textId="47A58D1F" w:rsidR="00970703" w:rsidRPr="00970703" w:rsidRDefault="00970703" w:rsidP="00970703">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6180DD54" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grozīts ar Rīgas valstspilsētas pašvaldības domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>. saistošajiem noteikumiem Nr. RD-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>317</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>-sn)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3882764A" w14:textId="77777777" w:rsidR="00970703" w:rsidRDefault="00970703" w:rsidP="00BE4DEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6180DD54" w14:textId="3523C67D" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>48. Līdzfinansējumu piešķir to Projektu īstenošanai, kuri vērtēšanas laikā ieguvuši lielāko punktu skaitu. Ja divi vai vairāki pieteikumi ir saņēmuši vienādu punktu skaitu un Pašvaldības kārtējā gada budžetā šim mērķim paredzētais finansējums ir ierobežots, tad šos pieteikumus sarakstā sarindo pēc lielākā saņemto punktu skaita, ņemot vērā kritēriju par Projekta atbilstību konkursa mērķim un nosacījumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B7D408" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
@@ -6510,50 +6633,51 @@
     </w:p>
     <w:p w14:paraId="7081EF7E" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>51. Pretendēt uz Līdzfinansējumu var biedrība vai nodibinājums, kura darbība saistīta ar sabiedrības integrācijas jautājumiem un kur</w:t>
       </w:r>
       <w:r w:rsidR="00BB654F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> savu darbību veic Pašvaldības administratīvajā teritorijā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CDAEAF" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6562,51 +6686,50 @@
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44B3376E" w14:textId="77777777" w:rsidR="000D1360" w:rsidRPr="000D1360" w:rsidRDefault="004B711D" w:rsidP="000D1360">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1360">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>52. Līdzfinansējumu, izvērtējot Projekta pieteikumu, var piešķirt Projektam, kas risina pēkšņu vai neatliekamu sabiedrības integrācijas problēmjautājumu, ja tas atbilst vismaz trim turpmāk norādīt</w:t>
       </w:r>
       <w:r w:rsidR="00253067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1360">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>jiem nosacījumiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A625838" w14:textId="77777777" w:rsidR="000D1360" w:rsidRPr="000D1360" w:rsidRDefault="004B711D" w:rsidP="000D1360">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
@@ -7086,73 +7209,84 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>55.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vienam Projektam var piešķir Līdzfinansējumu līdz 10 000 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk166145872"/>
+      <w:r w:rsidRPr="00A24818">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Vienam Projektam var piešķir Līdzfinansējumu līdz 10 000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, bet nepārsniedzot 90 % no Projekta kopējās tāmes, atbilstoši Nolikumam, kas nosaka Līdzfinansējuma piešķiršanas kārtību. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="3ADF9B1F" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-766" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="2F4EC4A9" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
@@ -7386,76 +7520,50 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D733706" w14:textId="77777777" w:rsidR="00C471B5" w:rsidRPr="00A24818" w:rsidRDefault="00C471B5" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18128DD7" w14:textId="77777777" w:rsidR="00C471B5" w:rsidRPr="00A24818" w:rsidRDefault="00C471B5" w:rsidP="00BE4DEC">
-[...24 lines deleted...]
-    </w:p>
     <w:p w14:paraId="727BA8BA" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>2.8. Lēmuma izpildes kontrole</w:t>
       </w:r>
@@ -8174,95 +8282,95 @@
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t>informatīviem un izglītojošiem pasākumiem (diskusijām, semināriem, konferencēm, apmācībām u. c.);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150EDACA" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>65.3. izrādēm, koncertiem, izstādēm;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EC2B4E" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>65.4. kultūras aktivitāšu mēģinājumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00464AD2" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>65.5. labdarības, apkaimju, kopienu u. c. pasākumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B11AF4" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="00BE4DEC" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C63D31D" w14:textId="77777777" w:rsidR="00BE4DEC" w:rsidRPr="00A24818" w:rsidRDefault="004B711D" w:rsidP="00BE4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
@@ -8826,137 +8934,137 @@
     <w:p w14:paraId="6C30176D" w14:textId="77777777" w:rsidR="00B00798" w:rsidRPr="00A24818" w:rsidRDefault="00B00798" w:rsidP="00C471B5">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B00798" w:rsidRPr="00A24818" w:rsidSect="00E118C3">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E775E9C" w14:textId="77777777" w:rsidR="0050598C" w:rsidRDefault="004B711D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="04AB62C9" w14:textId="77777777" w:rsidR="0050598C" w:rsidRDefault="004B711D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3008D281" w14:textId="222C58A5" w:rsidR="00A9377F" w:rsidRDefault="004B711D">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="621AB067" w14:textId="77777777" w:rsidR="0050598C" w:rsidRDefault="004B711D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3502C906" w14:textId="77777777" w:rsidR="0050598C" w:rsidRDefault="004B711D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-424653372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2411DDD4" w14:textId="77777777" w:rsidR="00E6455A" w:rsidRPr="00E118C3" w:rsidRDefault="004B711D">
         <w:pPr>
           <w:pStyle w:val="Galvene"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
@@ -8991,204 +9099,209 @@
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidRPr="00E118C3">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5C77DA5E" w14:textId="77777777" w:rsidR="00E6455A" w:rsidRDefault="00E6455A">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C41C5C"/>
     <w:rsid w:val="0005328B"/>
     <w:rsid w:val="0005517E"/>
     <w:rsid w:val="000673F4"/>
     <w:rsid w:val="000710AA"/>
     <w:rsid w:val="000747C4"/>
     <w:rsid w:val="0008189E"/>
     <w:rsid w:val="00092AE8"/>
     <w:rsid w:val="000933F8"/>
     <w:rsid w:val="000A432F"/>
     <w:rsid w:val="000D1360"/>
     <w:rsid w:val="000F04C2"/>
     <w:rsid w:val="00102D03"/>
     <w:rsid w:val="0015286F"/>
     <w:rsid w:val="00172189"/>
     <w:rsid w:val="0018064E"/>
     <w:rsid w:val="00193F1F"/>
     <w:rsid w:val="001D3BAB"/>
     <w:rsid w:val="00253067"/>
     <w:rsid w:val="002A655F"/>
     <w:rsid w:val="002B47FF"/>
     <w:rsid w:val="0032030C"/>
     <w:rsid w:val="0039097C"/>
     <w:rsid w:val="003C4A28"/>
+    <w:rsid w:val="00457C62"/>
     <w:rsid w:val="004B711D"/>
     <w:rsid w:val="004B7700"/>
     <w:rsid w:val="004F4145"/>
     <w:rsid w:val="0050598C"/>
     <w:rsid w:val="00525840"/>
     <w:rsid w:val="00533C2F"/>
     <w:rsid w:val="00541D43"/>
     <w:rsid w:val="00590545"/>
     <w:rsid w:val="00597CEA"/>
     <w:rsid w:val="005A4B14"/>
     <w:rsid w:val="005A57EE"/>
     <w:rsid w:val="005D6085"/>
     <w:rsid w:val="00665633"/>
     <w:rsid w:val="006677FD"/>
     <w:rsid w:val="00682D89"/>
     <w:rsid w:val="006869CA"/>
     <w:rsid w:val="006A59F3"/>
     <w:rsid w:val="006D7CC6"/>
     <w:rsid w:val="006E51CB"/>
     <w:rsid w:val="006F4BCA"/>
     <w:rsid w:val="0070168D"/>
     <w:rsid w:val="00701A1C"/>
     <w:rsid w:val="00770872"/>
     <w:rsid w:val="007C726F"/>
     <w:rsid w:val="007D5BD7"/>
     <w:rsid w:val="007E09CB"/>
     <w:rsid w:val="007F68A6"/>
     <w:rsid w:val="00834407"/>
     <w:rsid w:val="008427F4"/>
+    <w:rsid w:val="008532B7"/>
     <w:rsid w:val="0086786C"/>
     <w:rsid w:val="008C5765"/>
     <w:rsid w:val="008F6454"/>
+    <w:rsid w:val="00907BDE"/>
     <w:rsid w:val="00912E8F"/>
     <w:rsid w:val="0092134C"/>
+    <w:rsid w:val="00970703"/>
     <w:rsid w:val="00982A3E"/>
     <w:rsid w:val="009838A4"/>
     <w:rsid w:val="009B35F5"/>
     <w:rsid w:val="009D503D"/>
     <w:rsid w:val="00A07D4B"/>
     <w:rsid w:val="00A24818"/>
     <w:rsid w:val="00A34B15"/>
     <w:rsid w:val="00A73A20"/>
     <w:rsid w:val="00A9377F"/>
     <w:rsid w:val="00AA236C"/>
     <w:rsid w:val="00AB5B49"/>
     <w:rsid w:val="00AF7335"/>
     <w:rsid w:val="00B00798"/>
     <w:rsid w:val="00B23265"/>
     <w:rsid w:val="00B51F6F"/>
     <w:rsid w:val="00BB654F"/>
     <w:rsid w:val="00BE4DEC"/>
     <w:rsid w:val="00C11762"/>
     <w:rsid w:val="00C41C5C"/>
     <w:rsid w:val="00C471B5"/>
     <w:rsid w:val="00C563D4"/>
     <w:rsid w:val="00C74D56"/>
     <w:rsid w:val="00C95C98"/>
     <w:rsid w:val="00CE1BA8"/>
     <w:rsid w:val="00CE51D2"/>
     <w:rsid w:val="00D60311"/>
     <w:rsid w:val="00D81CB2"/>
     <w:rsid w:val="00DC1E5B"/>
     <w:rsid w:val="00DC26D8"/>
     <w:rsid w:val="00DC4851"/>
     <w:rsid w:val="00DD4080"/>
     <w:rsid w:val="00DF0815"/>
     <w:rsid w:val="00E118C3"/>
     <w:rsid w:val="00E44DB8"/>
     <w:rsid w:val="00E6455A"/>
     <w:rsid w:val="00E84B13"/>
     <w:rsid w:val="00EE7E4A"/>
     <w:rsid w:val="00F07A9C"/>
     <w:rsid w:val="00F27E7F"/>
+    <w:rsid w:val="00F40959"/>
     <w:rsid w:val="00F71E85"/>
     <w:rsid w:val="00FE067A"/>
     <w:rsid w:val="00FE33FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="084C0C75"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{833788AF-027E-4924-AEAB-53C892E7B856}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9646,51 +9759,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E6455A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E6455A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="603879783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9945,50 +10058,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010042ED7C1D453D0543913FB47EBCB9B325" ma:contentTypeVersion="8" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f9ffac5c283e08f16a425af7ddb53dff">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="d35684b5-404b-406f-9fca-cde8a5f61b72" xmlns:ns4="ab90da76-2f6c-417e-a1f7-6ac58e1aed98" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dae85e098b56ac2c51a681118f1b7673" ns3:_="" ns4:_="">
     <xsd:import namespace="d35684b5-404b-406f-9fca-cde8a5f61b72"/>
     <xsd:import namespace="ab90da76-2f6c-417e-a1f7-6ac58e1aed98"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -10133,144 +10252,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A6DD7F8-3317-477A-B9D7-B3A0F1BC5F9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ab90da76-2f6c-417e-a1f7-6ac58e1aed98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="d35684b5-404b-406f-9fca-cde8a5f61b72"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C968D5DC-468A-408B-BE81-3C6317C21B55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d35684b5-404b-406f-9fca-cde8a5f61b72"/>
     <ds:schemaRef ds:uri="ab90da76-2f6c-417e-a1f7-6ac58e1aed98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC959E37-4C0D-4EBE-A2A8-01157CF70FA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>16987</Words>
-  <Characters>9683</Characters>
+  <Words>17053</Words>
+  <Characters>9721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
+  <Lines>81</Lines>
   <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26617</CharactersWithSpaces>
+  <CharactersWithSpaces>26721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Anita Jansone</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042ED7C1D453D0543913FB47EBCB9B325</vt:lpwstr>
   </property>
 </Properties>
 </file>