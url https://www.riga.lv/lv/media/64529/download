--- v0 (2025-11-13)
+++ v1 (2025-12-11)
@@ -1,150 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D3729CE" w14:textId="63E89E1D" w:rsidR="00A320F0" w:rsidRPr="00627D53" w:rsidRDefault="00A320F0" w:rsidP="00627D53">
+    <w:p w14:paraId="20AEBAF0" w14:textId="21559832" w:rsidR="00A320F0" w:rsidRDefault="00A320F0" w:rsidP="007F426C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627D53">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rīgas </w:t>
       </w:r>
       <w:r w:rsidR="00627D53" w:rsidRPr="00627D53">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">valstspilsētas pašvaldības </w:t>
       </w:r>
       <w:r w:rsidR="005E648E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ārtelpas un mobilitātes departamenta Uzturēšanas</w:t>
       </w:r>
       <w:r w:rsidR="005E648E" w:rsidRPr="00396C23">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00627D53">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvaldei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AEBAF0" w14:textId="3D33F546" w:rsidR="00A320F0" w:rsidRDefault="00A320F0" w:rsidP="00A320F0">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="03A44A95" w14:textId="49699B51" w:rsidR="00A320F0" w:rsidRDefault="00473EB7" w:rsidP="00A320F0">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473EB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kaisāmā</w:t>
       </w:r>
       <w:r w:rsidR="0017216F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00473EB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> smilts saņemšanas pieteikums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503EC253" w14:textId="77777777" w:rsidR="00473EB7" w:rsidRPr="00473EB7" w:rsidRDefault="00473EB7" w:rsidP="00473EB7">
-[...8 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="5954"/>
       </w:tblGrid>
       <w:tr w:rsidR="00473EB7" w14:paraId="7099DD12" w14:textId="77777777" w:rsidTr="00396C23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="775266DD" w14:textId="067548FD" w:rsidR="00473EB7" w:rsidRPr="00396C23" w:rsidRDefault="00473EB7" w:rsidP="00473EB7">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1031,818 +1010,960 @@
             <w:r w:rsidR="00AB7BFD" w:rsidRPr="005E648E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>valsts</w:t>
             </w:r>
             <w:r w:rsidRPr="005E648E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pilsētas pašvaldībai, persona apliecina, ka ir iepazinusies ar šajā dokumentā ietverto informāciju un tā viņai ir saprotama.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A244C7A" w14:textId="13D018D4" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+          <w:p w14:paraId="3A244C7A" w14:textId="1E2F3CFF" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E648E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Informācija par personas datu apstrādi, iesniedzot pieteikumu par</w:t>
+              <w:t xml:space="preserve">Informācija par personas datu apstrādi, iesniedzot </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4C98">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">šo </w:t>
             </w:r>
             <w:r w:rsidRPr="005E648E">
               <w:rPr>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-          <w:p w14:paraId="1D96B133" w14:textId="36FFF86F" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>pieteikumu:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D96B133" w14:textId="6957A30B" w:rsidR="00A320F0" w:rsidRPr="007F426C" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pārzinis personas datu apstrādei</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">: Rīgas </w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="005E648E">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>valts</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pilsētas pašvaldība (Rīgas </w:t>
             </w:r>
-            <w:r w:rsidR="00627D53" w:rsidRPr="005E648E">
+            <w:r w:rsidR="00627D53" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">valstspilsētas pašvaldības </w:t>
             </w:r>
-            <w:r w:rsidR="00FA2A43" w:rsidRPr="005E648E">
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ārtelpas un mobilitātes departamenta Uzturēšanas</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārvalde), adrese: </w:t>
             </w:r>
-            <w:r w:rsidR="001E3AAF" w:rsidRPr="005E648E">
+            <w:r w:rsidR="001E3AAF" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Daugavpils iela 31, Rīga, LV-1003</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, tālrunis 8000</w:t>
             </w:r>
-            <w:r w:rsidR="00533172">
+            <w:r w:rsidR="00533172" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1201</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
-[...9 lines deleted...]
-          <w:p w14:paraId="3918B2F1" w14:textId="156E422A" w:rsidR="00A320F0" w:rsidRPr="00E3533E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, elektroniskā pasta adrese: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:noProof/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>aic@riga.lv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E53F624" w14:textId="5FBB31FE" w:rsidR="003A6B01" w:rsidRPr="007F426C" w:rsidRDefault="003A6B01" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:noProof/>
-[...44 lines deleted...]
-          <w:p w14:paraId="039590FC" w14:textId="25750B0F" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personas datu apstrādes nolūks: </w:t>
+            </w:r>
+            <w:r w:rsidR="000F27E1" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Lai nodrošinātu pieteikuma iesniedzējam pretslīdes kaisāmā materiāla (minerālmateriālu) izsniegšanu</w:t>
+            </w:r>
+            <w:r w:rsidR="00471E9C" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un kontroli par izsniegšanu</w:t>
+            </w:r>
+            <w:r w:rsidR="000F27E1" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3918B2F1" w14:textId="1543B272" w:rsidR="00A320F0" w:rsidRPr="007F426C" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3533E">
-[...63 lines deleted...]
-            <w:r w:rsidR="00AB7BFD" w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Personas datu aizsardzības speciālists:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA2A43" w:rsidRPr="005E648E">
-[...90 lines deleted...]
-          <w:p w14:paraId="1BE7C753" w14:textId="68CB85A1" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+            <w:r w:rsidR="002604DD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīgas valstspilsētas pašvaldības Centrālās administrācijas Datu aizsardzības un informācijas tehnoloģiju drošības centrs.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7752" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dzirciema iela 28, Rīga, LV-1007</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, elektroniskā pasta adrese: dac@riga.lv.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="039590FC" w14:textId="25750B0F" w:rsidR="00A320F0" w:rsidRPr="007F426C" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E648E">
-[...74 lines deleted...]
-          <w:p w14:paraId="25D68256" w14:textId="5C039585" w:rsidR="00A320F0" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apstrādes tiesiskais pamats: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vispārīgās datu aizsardzības regulas 6. panta 1. punkta e) apakšpunkts – apstrāde ir vajadzīga, lai izpildītu uzdevumu, ko veic sabiedrības interesēs vai īstenojot pārzinim likumīgi piešķirtās oficiālās pilnvaras</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Rīgas domes 15.05.2024. saistošo noteikumu Nr. RD-24-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61A8D" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>70-sn “Rīgas valst</w:t>
+            </w:r>
+            <w:r w:rsidR="00F51C58" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>pilsētas pašvaldības teritorijas kopšanas un būvju uzturēšanas saistošie noteikumi”</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> punkt</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2A43" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>apakš</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7BFD" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>punkts</w:t>
+            </w:r>
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BE7C753" w14:textId="68CB85A1" w:rsidR="00A320F0" w:rsidRPr="007F426C" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Personas datu saņēmēji:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rīgas </w:t>
+            </w:r>
+            <w:r w:rsidR="001E3AAF" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apkaimju iedzīvotāja centra un </w:t>
+            </w:r>
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīgas </w:t>
+            </w:r>
+            <w:r w:rsidR="00627D53" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">valstspilsētas pašvaldības </w:t>
+            </w:r>
+            <w:r w:rsidR="005E648E" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ārtelpas un mobilitātes departamenta Uzturēšanas</w:t>
+            </w:r>
+            <w:r w:rsidR="001E3AAF" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārvaldes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>darbinieki.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A3A66C" w14:textId="02349BFC" w:rsidR="003A6B01" w:rsidRPr="007F426C" w:rsidRDefault="003A6B01" w:rsidP="00396C23">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datu avoti un personas datu kategorijas: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D68256" w14:textId="5C039585" w:rsidR="00A320F0" w:rsidRPr="007F426C" w:rsidRDefault="00A320F0" w:rsidP="00396C23">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jūsu personas dati</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> un a</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E648E">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>pstrādes ilgums:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="009E0891">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pieteikums, kas satur </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>personas dat</w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="009E0891">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>us</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (vārds, uzvārds, </w:t>
             </w:r>
-            <w:r w:rsidR="001E3AAF" w:rsidRPr="009E0891">
+            <w:r w:rsidR="001E3AAF" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>dzimšanas dati</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="009E0891">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>orespondences saņemšanas adrese</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kontaktinformācija saziņai</w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="009E0891">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>),</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks glabāts </w:t>
             </w:r>
-            <w:r w:rsidR="00BE1087" w:rsidRPr="009E0891">
+            <w:r w:rsidR="00BE1087" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> gadus saskaņā ar Rīgas </w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="009E0891">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>valsts</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E0891">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pilsētas pašvaldībā apstiprināto lietu nomenklatūru.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A5F8580" w14:textId="48654918" w:rsidR="00396C23" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00A320F0">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E3533E">
+          <w:p w14:paraId="2A5F8580" w14:textId="0DBE8143" w:rsidR="00396C23" w:rsidRPr="005E648E" w:rsidRDefault="00A320F0" w:rsidP="00507794">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jums kā datu subjektam ir tiesības</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E3533E">
+            <w:r w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">: pieprasīt </w:t>
             </w:r>
-            <w:r w:rsidR="0017216F" w:rsidRPr="00E3533E">
+            <w:r w:rsidR="0017216F" w:rsidRPr="007F426C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E3533E">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ārzinim piekļūt Jūsu kā datu subjekta apstrādātajiem personas datiem, tiesību aktos noteiktos gadījumos lūgt neprecīzo personas datu labošanu vai dzēšanu, lūgt Jūsu personas datu apstrādes ierobežošanu, iebilst pret apstrādi, kā arī iesniegt sūdzību par nelikumīgu Jūsu personas datu apstrādi Datu valsts inspekcijā</w:t>
+            </w:r>
+            <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elijas iela 17, Rīga; tālr. </w:t>
+            </w:r>
+            <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nr.67223131, elektroniskā pasta adrese: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="003A6B01" w:rsidRPr="007F426C">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:noProof/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>pasts@dvi.gov.lv</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C23" w14:paraId="6B8542DB" w14:textId="77777777" w:rsidTr="00A77AC5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="007F41D4" w14:textId="44BFFAF5" w:rsidR="00396C23" w:rsidRPr="00396C23" w:rsidRDefault="00396C23" w:rsidP="00396C23">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C23">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1936,136 +2057,156 @@
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="130"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00473EB7"/>
     <w:rsid w:val="00000B27"/>
     <w:rsid w:val="000B5D10"/>
+    <w:rsid w:val="000F27E1"/>
     <w:rsid w:val="0017216F"/>
     <w:rsid w:val="001C751D"/>
     <w:rsid w:val="001D14E3"/>
+    <w:rsid w:val="001E0A4D"/>
     <w:rsid w:val="001E3AAF"/>
     <w:rsid w:val="001F2CFF"/>
     <w:rsid w:val="00215D0E"/>
     <w:rsid w:val="0023600A"/>
+    <w:rsid w:val="002604DD"/>
+    <w:rsid w:val="00276C73"/>
+    <w:rsid w:val="0029086D"/>
     <w:rsid w:val="00396C23"/>
     <w:rsid w:val="003A3A42"/>
+    <w:rsid w:val="003A6B01"/>
     <w:rsid w:val="003E065D"/>
     <w:rsid w:val="003E2234"/>
     <w:rsid w:val="00421099"/>
+    <w:rsid w:val="00471E9C"/>
     <w:rsid w:val="00473EB7"/>
     <w:rsid w:val="004960FD"/>
+    <w:rsid w:val="00507794"/>
     <w:rsid w:val="00533172"/>
     <w:rsid w:val="005A30DD"/>
     <w:rsid w:val="005D5475"/>
     <w:rsid w:val="005E3F82"/>
     <w:rsid w:val="005E648E"/>
+    <w:rsid w:val="00605D17"/>
     <w:rsid w:val="00627D53"/>
     <w:rsid w:val="00644A9A"/>
     <w:rsid w:val="0064676D"/>
     <w:rsid w:val="006478D9"/>
-    <w:rsid w:val="006615F8"/>
     <w:rsid w:val="006633F3"/>
+    <w:rsid w:val="006653D6"/>
     <w:rsid w:val="006A35DC"/>
+    <w:rsid w:val="006D153B"/>
     <w:rsid w:val="007C28A2"/>
     <w:rsid w:val="007D7007"/>
+    <w:rsid w:val="007F426C"/>
+    <w:rsid w:val="00810E4E"/>
     <w:rsid w:val="00843C64"/>
+    <w:rsid w:val="00861038"/>
+    <w:rsid w:val="00984330"/>
     <w:rsid w:val="00985940"/>
     <w:rsid w:val="00993239"/>
+    <w:rsid w:val="009A0505"/>
+    <w:rsid w:val="009A4C98"/>
     <w:rsid w:val="009E0891"/>
     <w:rsid w:val="00A276A6"/>
     <w:rsid w:val="00A3045F"/>
     <w:rsid w:val="00A320F0"/>
     <w:rsid w:val="00AA07D6"/>
-    <w:rsid w:val="00AA4DCE"/>
     <w:rsid w:val="00AB7BFD"/>
+    <w:rsid w:val="00AC6834"/>
     <w:rsid w:val="00AD3507"/>
     <w:rsid w:val="00B74806"/>
     <w:rsid w:val="00BB0CFE"/>
     <w:rsid w:val="00BB6A37"/>
     <w:rsid w:val="00BC2685"/>
     <w:rsid w:val="00BE1087"/>
-    <w:rsid w:val="00C033F5"/>
     <w:rsid w:val="00CC7752"/>
     <w:rsid w:val="00CF543D"/>
     <w:rsid w:val="00D568E9"/>
     <w:rsid w:val="00D63E49"/>
     <w:rsid w:val="00D77D47"/>
-    <w:rsid w:val="00DC11F1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E3533E"/>
     <w:rsid w:val="00E54DB1"/>
     <w:rsid w:val="00E61A8D"/>
+    <w:rsid w:val="00E65D1D"/>
     <w:rsid w:val="00E65D52"/>
     <w:rsid w:val="00F51C58"/>
     <w:rsid w:val="00FA2A43"/>
     <w:rsid w:val="00FA6DCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2515,120 +2656,141 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A320F0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A320F0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
     <w:name w:val="Komentāra teksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00A320F0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Komentrateksts"/>
     <w:next w:val="Komentrateksts"/>
     <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A320F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
     <w:name w:val="Komentāra tēma Rakstz."/>
     <w:basedOn w:val="KomentratekstsRakstz"/>
     <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A320F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FA2A43"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipersaite">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E0A4D"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E0A4D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@dvi.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aic@riga.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2898,81 +3060,75 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CACF651-8CC7-493E-A1A8-21B1B51998E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2149</Words>
-  <Characters>1225</Characters>
+  <Words>2385</Words>
+  <Characters>1360</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3368</CharactersWithSpaces>
+  <CharactersWithSpaces>3738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Arturs Pošers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>