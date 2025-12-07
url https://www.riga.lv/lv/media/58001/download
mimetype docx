--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="15B7A4A7" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00752856">
       <w:pPr>
         <w:keepNext/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB7243">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -473,180 +473,176 @@
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9474" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2628"/>
         <w:gridCol w:w="6846"/>
       </w:tblGrid>
       <w:tr w:rsidR="00752856" w:rsidRPr="00BB7243" w14:paraId="71B95D4F" w14:textId="77777777" w:rsidTr="00FC6487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D74FB3C" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00FC6487">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Sēdi vada:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6846" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BD6FD1F" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00FC6487">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Pieminekļu padomes priekšsēdētājs Aigars Kušķis</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00752856" w:rsidRPr="00BB7243" w14:paraId="12A736BB" w14:textId="77777777" w:rsidTr="00FC6487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F3D91BD" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00FC6487">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Sēdi protokolē:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6846" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E53A729" w14:textId="77777777" w:rsidR="00752856" w:rsidRDefault="00752856" w:rsidP="00FC6487">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
@@ -699,59 +695,58 @@
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Sēdē piedalās Padomes locekļi: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9429" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00752856" w:rsidRPr="00BB7243" w14:paraId="44D3AD1B" w14:textId="77777777" w:rsidTr="00FC6487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9429" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="68879F92" w14:textId="2138DAB9" w:rsidR="00435479" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00435479">
+          <w:p w14:paraId="68879F92" w14:textId="4F3EC5EB" w:rsidR="00435479" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00435479">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jānis Krastiņš, Ivars Drulle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -829,51 +824,83 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rita Eva Našeniece</w:t>
             </w:r>
             <w:r w:rsidR="00435479">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, Ivo Graudums, </w:t>
             </w:r>
             <w:r w:rsidR="00435479" w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miroslavs Mitrofanovs </w:t>
+              <w:t>Miroslavs Mitrofanovs</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB46CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Gļebs </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DB46CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Panteļejevs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00435479" w:rsidRPr="00BB7243">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AE1D5CA" w14:textId="36019ACD" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00435479">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07A4AF11" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00752856">
       <w:pPr>
         <w:suppressAutoHyphens/>
@@ -907,51 +934,50 @@
           <w:szCs w:val="26"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9457" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9457"/>
       </w:tblGrid>
       <w:tr w:rsidR="00752856" w:rsidRPr="00BB7243" w14:paraId="5992C1F3" w14:textId="77777777" w:rsidTr="00FC6487">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53DCD2E0" w14:textId="4D4312E6" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00FC6487">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="42"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7243">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
@@ -1681,51 +1707,50 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F424F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Par piemiņas akmens risinājuma priekšlikumu vēsturiskā notikuma vietā “Latvijas Atbrīvošanas kara kaujas piemiņas vieta pie bij. Vīķu kroga”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29133489" w14:textId="77777777" w:rsidR="00F424F2" w:rsidRDefault="00F424F2" w:rsidP="00F424F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CB4A988" w14:textId="77777777" w:rsidR="00DC2719" w:rsidRDefault="00DC2719" w:rsidP="00F424F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3107,51 +3132,63 @@
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="008B20B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>usekļa zīmes izmēri 1,20x1,20m., platums 0,70m.</w:t>
       </w:r>
       <w:r w:rsidR="000268DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Akmens ir gaiši pelēks granīts, burti tiks iestrādāti ar smilšu strūklu tehnoloģiju un iekrāsoti. Akmens materiāls patreiz tiek sagatavots Spānijā un ar kuģi tiks sūtīts uz Latviju.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000268DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Akmens ir gaiši pelēks granīts, burti tiks iestrādāti ar smilšu strūklu tehnoloģiju un iekrāsoti. Akmens materiāls patreiz tiek sagatavots Spānijā un ar kuģi tiks sūtīts uz Latviju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28087C2A" w14:textId="77777777" w:rsidR="000268DB" w:rsidRDefault="000268DB" w:rsidP="00290746">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DFAA649" w14:textId="5EFEC24B" w:rsidR="000268DB" w:rsidRDefault="000268DB" w:rsidP="00290746">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -4815,50 +4852,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="050DBE9B" w14:textId="4C213967" w:rsidR="00D73ECF" w:rsidRPr="001C7002" w:rsidRDefault="00D73ECF" w:rsidP="009760A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>K.</w:t>
       </w:r>
       <w:r w:rsidR="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
@@ -4900,51 +4938,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7B55EA1E" w14:textId="3EB9E28F" w:rsidR="00D73ECF" w:rsidRPr="001C7002" w:rsidRDefault="00D73ECF" w:rsidP="009760A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>J.</w:t>
       </w:r>
       <w:r w:rsidR="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009760A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
@@ -6258,51 +6295,63 @@
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- sekundes. </w:t>
       </w:r>
       <w:r w:rsidR="00E60FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Visus 3 teritorijā esošos s</w:t>
       </w:r>
       <w:r w:rsidRPr="001C7002">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">tabus plānots nokrāsot </w:t>
+        <w:t xml:space="preserve">tabus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7002">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">plānots nokrāsot </w:t>
       </w:r>
       <w:r w:rsidR="00E60FD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001C7002">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">svaigas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C7002">
@@ -6370,63 +6419,51 @@
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>zlikt vējrādītāju</w:t>
       </w:r>
       <w:r w:rsidR="00DC2719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001C7002">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> karodziņu veidā. Skvēra labiekārtojums ar dizaina objektu  ir Grīziņkalna attīstības  biedrības iniciatīva, ko </w:t>
-[...11 lines deleted...]
-        <w:t>plānots realizēt līdzdalības budžeta</w:t>
+        <w:t xml:space="preserve"> karodziņu veidā. Skvēra labiekārtojums ar dizaina objektu  ir Grīziņkalna attīstības  biedrības iniciatīva, ko plānots realizēt līdzdalības budžeta</w:t>
       </w:r>
       <w:r w:rsidR="00DC2719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ietvaros</w:t>
       </w:r>
       <w:r w:rsidRPr="001C7002">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Labiekārtojot skvēru</w:t>
       </w:r>
       <w:r w:rsidR="00E60FD6">
         <w:rPr>
@@ -6977,190 +7014,197 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5587D2A5" w14:textId="77777777" w:rsidR="00752856" w:rsidRPr="00BB7243" w:rsidRDefault="00752856" w:rsidP="00752856">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56A8EF2A" w14:textId="77777777" w:rsidR="00752856" w:rsidRDefault="00752856" w:rsidP="00752856">
       <w:pPr>
         <w:ind w:firstLine="1560"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29EBF553" w14:textId="77777777" w:rsidR="00752856" w:rsidRDefault="00752856" w:rsidP="00752856"/>
     <w:p w14:paraId="332D5653" w14:textId="77777777" w:rsidR="00175FB2" w:rsidRDefault="00175FB2"/>
-    <w:sectPr w:rsidR="00175FB2" w:rsidSect="00752856">
+    <w:sectPr w:rsidR="00175FB2" w:rsidSect="00E7534B">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="680" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AA2C251" w14:textId="77777777" w:rsidR="00686E7B" w:rsidRDefault="00686E7B">
+    <w:p w14:paraId="76EB3164" w14:textId="77777777" w:rsidR="006B1B2A" w:rsidRDefault="006B1B2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B020EC3" w14:textId="77777777" w:rsidR="00686E7B" w:rsidRDefault="00686E7B">
+    <w:p w14:paraId="2B8D4389" w14:textId="77777777" w:rsidR="006B1B2A" w:rsidRDefault="006B1B2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30300496" w14:textId="77777777" w:rsidR="00DA4551" w:rsidRDefault="00DA4551">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D2CC975" w14:textId="77777777" w:rsidR="00DA4551" w:rsidRDefault="00DA4551">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="341BEC9D" w14:textId="77777777" w:rsidR="00686E7B" w:rsidRDefault="00686E7B">
+    <w:p w14:paraId="3D9AB8B6" w14:textId="77777777" w:rsidR="006B1B2A" w:rsidRDefault="006B1B2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78439540" w14:textId="77777777" w:rsidR="00686E7B" w:rsidRDefault="00686E7B">
+    <w:p w14:paraId="4D2749E2" w14:textId="77777777" w:rsidR="006B1B2A" w:rsidRDefault="006B1B2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D46F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="063A317E"/>
     <w:lvl w:ilvl="0" w:tplc="F6C8EB0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1142" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8292,157 +8336,164 @@
   <w:num w:numId="5" w16cid:durableId="1589919056">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1341815289">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="403382014">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="290749217">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1107579275">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="269051703">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1894002991">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00752856"/>
     <w:rsid w:val="000268DB"/>
     <w:rsid w:val="000547B6"/>
     <w:rsid w:val="0009533C"/>
     <w:rsid w:val="000B0756"/>
     <w:rsid w:val="00135120"/>
     <w:rsid w:val="0014677A"/>
     <w:rsid w:val="00151A49"/>
     <w:rsid w:val="001645AC"/>
     <w:rsid w:val="00175FB2"/>
     <w:rsid w:val="001B462D"/>
     <w:rsid w:val="001C7002"/>
     <w:rsid w:val="0020754F"/>
     <w:rsid w:val="00290746"/>
     <w:rsid w:val="002D4A73"/>
     <w:rsid w:val="00396474"/>
     <w:rsid w:val="003C3F67"/>
     <w:rsid w:val="00412AA5"/>
     <w:rsid w:val="00435479"/>
     <w:rsid w:val="004B08FC"/>
     <w:rsid w:val="004B5A34"/>
+    <w:rsid w:val="004D60CE"/>
     <w:rsid w:val="004F323C"/>
     <w:rsid w:val="00566E02"/>
     <w:rsid w:val="00676864"/>
     <w:rsid w:val="0068499D"/>
     <w:rsid w:val="00686E7B"/>
+    <w:rsid w:val="006B1B2A"/>
     <w:rsid w:val="006E3802"/>
     <w:rsid w:val="007005F6"/>
     <w:rsid w:val="007218D2"/>
     <w:rsid w:val="00752856"/>
     <w:rsid w:val="00817A08"/>
+    <w:rsid w:val="0082474C"/>
     <w:rsid w:val="008672F9"/>
     <w:rsid w:val="008A076F"/>
     <w:rsid w:val="008B20B1"/>
     <w:rsid w:val="008B5D55"/>
     <w:rsid w:val="008B6FE6"/>
     <w:rsid w:val="008C247F"/>
     <w:rsid w:val="009760A5"/>
     <w:rsid w:val="009E517D"/>
     <w:rsid w:val="00A63EC3"/>
     <w:rsid w:val="00A912E9"/>
+    <w:rsid w:val="00B47825"/>
     <w:rsid w:val="00B81BFE"/>
     <w:rsid w:val="00C66CE0"/>
     <w:rsid w:val="00D60D78"/>
     <w:rsid w:val="00D73ECF"/>
     <w:rsid w:val="00DA4551"/>
+    <w:rsid w:val="00DB46CB"/>
     <w:rsid w:val="00DC2719"/>
     <w:rsid w:val="00DF5C94"/>
     <w:rsid w:val="00E60FD6"/>
+    <w:rsid w:val="00E7534B"/>
     <w:rsid w:val="00F1175F"/>
     <w:rsid w:val="00F22395"/>
     <w:rsid w:val="00F424F2"/>
     <w:rsid w:val="00F8419D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV"/>
+  <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="05FE450F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2A23684-5588-42D0-8F24-1EB491FBF038}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8911,51 +8962,51 @@
     <w:link w:val="Pamatteksts"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00752856"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008B5D55"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="138619240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="333536410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8967,50 +9018,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1534222624">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -9275,69 +9327,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>7192</Words>
-  <Characters>4100</Characters>
+  <Words>7204</Words>
+  <Characters>4107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11270</CharactersWithSpaces>
+  <CharactersWithSpaces>11289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilona Šmite</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>